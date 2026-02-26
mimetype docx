--- v0 (2025-12-12)
+++ v1 (2026-02-26)
@@ -1,4454 +1,6373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="61D69911" w14:textId="5ED0003C" w:rsidR="007E18D1" w:rsidRPr="002C1408" w:rsidRDefault="003A6294" w:rsidP="002C1408">
-[...51 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="7910" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2524"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="61"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="513"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="2109"/>
+        <w:gridCol w:w="35"/>
+        <w:gridCol w:w="513"/>
         <w:gridCol w:w="542"/>
-        <w:gridCol w:w="209"/>
-        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="68"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="731"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E18D1" w:rsidRPr="00AF4995" w14:paraId="70D2A9BE" w14:textId="77777777" w:rsidTr="001C59B6">
-[...2 lines deleted...]
-            <w:tcW w:w="2524" w:type="dxa"/>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ترم بندی د</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ک</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">تری علوم تغذیه </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ترم 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ترم 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نظری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>عملی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کارآموزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نظری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>عملی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کارآموزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>روشهاي</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آماري</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پيشرفته</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای پیشرفته پژوهش در تغذیه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تنظيم</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>متابولسم</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>برنامه ریزی و مدیریت برنامه های تغذیه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تغذيه</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بيماري</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ها</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تغذيه سلولي و ملكولي پيشرفته</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تغذيه</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بيماري</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ها</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>سمينار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول و مبانی مدیریت خطر حوادث و بلایا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کارگاه مقاله نویسی انگلیسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کارگاه روش تدریس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="266"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جمع</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جمع</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="167"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جمع واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جمع واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1869" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="175"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ترم 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...28 lines deleted...]
-            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ترم 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>وااحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نظری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>عملی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کارآموزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نظری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="625" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عملی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کارآموزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="461"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...28 lines deleted...]
-            <w:tcW w:w="2386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>كشت</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>سلولي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پايان</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نامه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ژنتيك</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ملكولي</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>انساني</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>گياهي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مهندسي</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ژنتيك</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...31 lines deleted...]
-                <w:rtl/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مهندسي</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ژنتيك</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2252" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...23 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جمع</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="513" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جمع</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="610" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E18D1" w:rsidRPr="00AF4995" w14:paraId="58D7D4E4" w14:textId="77777777" w:rsidTr="001C59B6">
-[...274 lines deleted...]
-              <w:t>کارآموزی</w:t>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جمع واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2109" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جمع واحد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E18D1" w:rsidRPr="00AF4995" w14:paraId="1A599C59" w14:textId="77777777" w:rsidTr="001C59B6">
-[...3496 lines deleted...]
-              <w:t>18</w:t>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7910" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">دانشجویان ملزم هستند تا تصویب پروپوزال در کار </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>گاه های مورد نیاز شرکت نمایند.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="B Titr" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کارگاه های مورد نیاز:  روش تدریس  - اصول مقاله نویسی انگلیسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36A9E019" w14:textId="77777777" w:rsidR="007E18D1" w:rsidRDefault="007E18D1">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2230"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="IranNastaliq" w:hAnsi="IranNastaliq" w:cs="IranNastaliq"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61544F2D" w14:textId="65B811B7" w:rsidR="00784B3E" w:rsidRPr="00784B3E" w:rsidRDefault="00784B3E" w:rsidP="00784B3E">
-[...228 lines deleted...]
-    <w:sectPr w:rsidR="00784B3E" w:rsidSect="009E43A5">
+    <w:p/>
+    <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:rtlGutter/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="B Zar">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="IranNastaliq">
+    <w:panose1 w:val="02000503000000020003"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6F128CC0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DAA0AA1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C6928A44"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="75ACADB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="217AC734"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="AD4E1D30"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="680C027C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4F5E5D9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="CA7202F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="24CE3B88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="02B515DE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="081A78FB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="0B2F3CA6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="15C5697B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="298929E5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="2EDE304E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="3AEB0273"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="526206A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="43F8503E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="484C4F29"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D8061F64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="59350CFB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9DF09F08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="5DEC6B47"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="604E1C0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="6E9514D7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="7D8C2C6D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="04090023"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...13 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-[...1 lines deleted...]
-  <w14:docId w14:val="15B80F5F"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4A65C3F9-4056-46F1-9B4A-EC836B2D8F1D}"/>
+  <w15:docId w15:val="{55E781A4-A9D0-44F4-A396-C421C81EED49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4586,51 +6505,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -4782,327 +6701,1174 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A6294"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:bidi/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-    <w:name w:val="Table Grid"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:caps w:val="0"/>
+      <w:smallCaps/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="5B9BD5" w:themeColor="accent1" w:shadow="1" w:frame="1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="5B9BD5" w:themeColor="accent1" w:shadow="1" w:frame="1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="5B9BD5" w:themeColor="accent1" w:shadow="1" w:frame="1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="5B9BD5" w:themeColor="accent1" w:shadow="1" w:frame="1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCode">
+    <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLKeyboard">
+    <w:name w:val="HTML Keyboard"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLTypewriter">
+    <w:name w:val="HTML Typewriter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1757"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003A6294"/>
-[...2 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...30 lines deleted...]
-    <w:name w:val="Table Grid1"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007E18D1"/>
-[...5 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Admin\AppData\Roaming\Microsoft\Templates\Single%20spaced%20(blank).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5209,75 +7975,1330 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>AssetEditForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LocLastLocAttemptVersionTypeLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <MarketSpecific xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</MarketSpecific>
+    <ApprovalStatus xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">InProgress</ApprovalStatus>
+    <LocComments xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <DirectSourceMarket xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocPublishedLinkedAssetsLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <ThumbnailAssetId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <PrimaryImageGen xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">true</PrimaryImageGen>
+    <LegacyData xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocNewPublishedVersionLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <NumericId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">102787001</NumericId>
+    <TPFriendlyName xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocOverallPublishStatusLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocRecommendedHandoff xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <BlockPublish xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</BlockPublish>
+    <BusinessGroup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <OpenTemplate xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">true</OpenTemplate>
+    <SourceTitle xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocOverallLocStatusLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <APEditor xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </APEditor>
+    <UALocComments xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <IntlLangReviewDate xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <PublishStatusLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Value>1343188</Value>
+    </PublishStatusLookup>
+    <ParentAssetId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <FeatureTagsTaxHTField0 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </FeatureTagsTaxHTField0>
+    <MachineTranslated xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</MachineTranslated>
+    <Providers xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <OriginalSourceMarket xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <APDescription xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <ContentItem xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <ClipArtFilename xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPInstallLocation xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TimesCloned xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <PublishTargets xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">OfficeOnlineVNext</PublishTargets>
+    <AcquiredFrom xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Internal MS</AcquiredFrom>
+    <AssetStart xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">2011-11-23T17:29:00+00:00</AssetStart>
+    <FriendlyTitle xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <Provider xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LastHandOff xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPClientViewer xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TemplateStatus xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Complete</TemplateStatus>
+    <Downloads xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">0</Downloads>
+    <OOCacheId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <IsDeleted xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</IsDeleted>
+    <LocPublishedDependentAssetsLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <AssetExpire xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">2029-05-12T07:00:00+00:00</AssetExpire>
+    <CSXSubmissionMarket xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <DSATActionTaken xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <SubmitterId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <EditorialTags xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPExecutable xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <CSXSubmissionDate xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <CSXUpdate xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</CSXUpdate>
+    <AssetType xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">TP</AssetType>
+    <ApprovalLog xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <BugNumber xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <OriginAsset xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPComponent xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <Milestone xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <RecommendationsModifier xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <AssetId xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">TP102787001</AssetId>
+    <PolicheckWords xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPLaunchHelpLink xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <IntlLocPriority xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPApplication xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <IntlLangReviewer xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <HandoffToMSDN xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <PlannedPubDate xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <CrawlForDependencies xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</CrawlForDependencies>
+    <LocLastLocAttemptVersionLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">693888</LocLastLocAttemptVersionLookup>
+    <LocProcessedForHandoffsLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TrustLevel xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">1 Microsoft Managed Content</TrustLevel>
+    <CampaignTagsTaxHTField0 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </CampaignTagsTaxHTField0>
+    <TPNamespace xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocOverallPreviewStatusLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TaxCatchAll xmlns="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <IsSearchable xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</IsSearchable>
+    <TemplateTemplateType xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Word Document Template</TemplateTemplateType>
+    <Markets xmlns="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <IntlLangReview xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <UAProjectedTotalWords xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <OutputCachingOn xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</OutputCachingOn>
+    <AverageRating xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocMarketGroupTiers2 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <APAuthor xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <UserInfo>
+        <DisplayName>REDMOND\v-namall</DisplayName>
+        <AccountId>978</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </APAuthor>
+    <TPCommandLine xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LocManualTestRequired xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">false</LocManualTestRequired>
+    <TPAppVersion xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <EditorialStatus xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Complete</EditorialStatus>
+    <LocProcessedForMarketsLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <LastModifiedDateTime xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <TPLaunchHelpLinkType xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Template</TPLaunchHelpLinkType>
+    <ScenarioTagsTaxHTField0 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ScenarioTagsTaxHTField0>
+    <OriginalRelease xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">14</OriginalRelease>
+    <LocalizationTagsTaxHTField0 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </LocalizationTagsTaxHTField0>
+    <Manager xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <UALocRecommendation xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Localize</UALocRecommendation>
+    <LocOverallHandbackStatusLookup xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <ArtSampleDocs xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <UACurrentWords xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <ShowIn xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">Show everywhere</ShowIn>
+    <CSXHash xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <VoteCount xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+    <InternalTagsTaxHTField0 xmlns="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </InternalTagsTaxHTField0>
+    <UANotes xmlns="4873beb7-5857-4685-be1f-d57550cc96cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="TemplateFile" ma:contentTypeID="0x0101006EDDDB5EE6D98C44930B742096920B300400F5B6D36B3EF94B4E9A635CDF2A18F5B8" ma:contentTypeVersion="72" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a23e56308344d904b51738559c3d67c9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4873beb7-5857-4685-be1f-d57550cc96cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd0908cc4600e77bf5da051303e00c8d" ns2:_="">
+    <xsd:import namespace="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:AcquiredFrom" minOccurs="0"/>
+                <xsd:element ref="ns2:UACurrentWords" minOccurs="0"/>
+                <xsd:element ref="ns2:TPApplication" minOccurs="0"/>
+                <xsd:element ref="ns2:ApprovalLog" minOccurs="0"/>
+                <xsd:element ref="ns2:ApprovalStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:AssetStart" minOccurs="0"/>
+                <xsd:element ref="ns2:AssetExpire" minOccurs="0"/>
+                <xsd:element ref="ns2:AssetId" minOccurs="0"/>
+                <xsd:element ref="ns2:IsSearchable" minOccurs="0"/>
+                <xsd:element ref="ns2:AssetType" minOccurs="0"/>
+                <xsd:element ref="ns2:APAuthor" minOccurs="0"/>
+                <xsd:element ref="ns2:AverageRating" minOccurs="0"/>
+                <xsd:element ref="ns2:BlockPublish" minOccurs="0"/>
+                <xsd:element ref="ns2:BugNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:CampaignTagsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns2:TPClientViewer" minOccurs="0"/>
+                <xsd:element ref="ns2:ClipArtFilename" minOccurs="0"/>
+                <xsd:element ref="ns2:TPCommandLine" minOccurs="0"/>
+                <xsd:element ref="ns2:TPComponent" minOccurs="0"/>
+                <xsd:element ref="ns2:ContentItem" minOccurs="0"/>
+                <xsd:element ref="ns2:CrawlForDependencies" minOccurs="0"/>
+                <xsd:element ref="ns2:CSXHash" minOccurs="0"/>
+                <xsd:element ref="ns2:CSXSubmissionMarket" minOccurs="0"/>
+                <xsd:element ref="ns2:CSXUpdate" minOccurs="0"/>
+                <xsd:element ref="ns2:IntlLangReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:IsDeleted" minOccurs="0"/>
+                <xsd:element ref="ns2:APDescription" minOccurs="0"/>
+                <xsd:element ref="ns2:DirectSourceMarket" minOccurs="0"/>
+                <xsd:element ref="ns2:Downloads" minOccurs="0"/>
+                <xsd:element ref="ns2:DSATActionTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:APEditor" minOccurs="0"/>
+                <xsd:element ref="ns2:EditorialStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:EditorialTags" minOccurs="0"/>
+                <xsd:element ref="ns2:TPExecutable" minOccurs="0"/>
+                <xsd:element ref="ns2:FeatureTagsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns2:TPFriendlyName" minOccurs="0"/>
+                <xsd:element ref="ns2:FriendlyTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PrimaryImageGen" minOccurs="0"/>
+                <xsd:element ref="ns2:HandoffToMSDN" minOccurs="0"/>
+                <xsd:element ref="ns2:InProjectListLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:TPInstallLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:InternalTagsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns2:IntlLangReview" minOccurs="0"/>
+                <xsd:element ref="ns2:IntlLangReviewer" minOccurs="0"/>
+                <xsd:element ref="ns2:MarketSpecific" minOccurs="0"/>
+                <xsd:element ref="ns2:LastCompleteVersionLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastHandOff" minOccurs="0"/>
+                <xsd:element ref="ns2:LastModifiedDateTime" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewErrorLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewResultLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewAttemptDateLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewedByLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewTimeLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPreviewVersionLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishErrorLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishResultLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishAttemptDateLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishedByLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishTimeLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LastPublishVersionLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:TPLaunchHelpLinkType" minOccurs="0"/>
+                <xsd:element ref="ns2:LegacyData" minOccurs="0"/>
+                <xsd:element ref="ns2:TPLaunchHelpLink" minOccurs="0"/>
+                <xsd:element ref="ns2:LocComments" minOccurs="0"/>
+                <xsd:element ref="ns2:LocLastLocAttemptVersionLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocLastLocAttemptVersionTypeLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocManualTestRequired" minOccurs="0"/>
+                <xsd:element ref="ns2:LocMarketGroupTiers2" minOccurs="0"/>
+                <xsd:element ref="ns2:LocNewPublishedVersionLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocOverallHandbackStatusLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocOverallLocStatusLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocOverallPreviewStatusLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocOverallPublishStatusLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:IntlLocPriority" minOccurs="0"/>
+                <xsd:element ref="ns2:LocProcessedForHandoffsLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocProcessedForMarketsLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocPublishedDependentAssetsLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocPublishedLinkedAssetsLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:LocRecommendedHandoff" minOccurs="0"/>
+                <xsd:element ref="ns2:LocalizationTagsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns2:MachineTranslated" minOccurs="0"/>
+                <xsd:element ref="ns2:Manager" minOccurs="0"/>
+                <xsd:element ref="ns2:Markets" minOccurs="0"/>
+                <xsd:element ref="ns2:Milestone" minOccurs="0"/>
+                <xsd:element ref="ns2:TPNamespace" minOccurs="0"/>
+                <xsd:element ref="ns2:NumericId" minOccurs="0"/>
+                <xsd:element ref="ns2:NumOfRatingsLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:OOCacheId" minOccurs="0"/>
+                <xsd:element ref="ns2:OpenTemplate" minOccurs="0"/>
+                <xsd:element ref="ns2:OriginAsset" minOccurs="0"/>
+                <xsd:element ref="ns2:OriginalRelease" minOccurs="0"/>
+                <xsd:element ref="ns2:OriginalSourceMarket" minOccurs="0"/>
+                <xsd:element ref="ns2:OutputCachingOn" minOccurs="0"/>
+                <xsd:element ref="ns2:ParentAssetId" minOccurs="0"/>
+                <xsd:element ref="ns2:PlannedPubDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicheckWords" minOccurs="0"/>
+                <xsd:element ref="ns2:BusinessGroup" minOccurs="0"/>
+                <xsd:element ref="ns2:UAProjectedTotalWords" minOccurs="0"/>
+                <xsd:element ref="ns2:Provider" minOccurs="0"/>
+                <xsd:element ref="ns2:Providers" minOccurs="0"/>
+                <xsd:element ref="ns2:PublishStatusLookup" minOccurs="0"/>
+                <xsd:element ref="ns2:PublishTargets" minOccurs="0"/>
+                <xsd:element ref="ns2:RecommendationsModifier" minOccurs="0"/>
+                <xsd:element ref="ns2:ArtSampleDocs" minOccurs="0"/>
+                <xsd:element ref="ns2:ScenarioTagsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns2:ShowIn" minOccurs="0"/>
+                <xsd:element ref="ns2:SourceTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:CSXSubmissionDate" minOccurs="0"/>
+                <xsd:element ref="ns2:SubmitterId" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:TemplateStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:TemplateTemplateType" minOccurs="0"/>
+                <xsd:element ref="ns2:ThumbnailAssetId" minOccurs="0"/>
+                <xsd:element ref="ns2:TimesCloned" minOccurs="0"/>
+                <xsd:element ref="ns2:TrustLevel" minOccurs="0"/>
+                <xsd:element ref="ns2:UALocComments" minOccurs="0"/>
+                <xsd:element ref="ns2:UALocRecommendation" minOccurs="0"/>
+                <xsd:element ref="ns2:UANotes" minOccurs="0"/>
+                <xsd:element ref="ns2:TPAppVersion" minOccurs="0"/>
+                <xsd:element ref="ns2:VoteCount" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4873beb7-5857-4685-be1f-d57550cc96cc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="AcquiredFrom" ma:index="1" nillable="true" ma:displayName="Acquired From" ma:default="Internal MS" ma:internalName="AcquiredFrom" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal MS"/>
+          <xsd:enumeration value="Community"/>
+          <xsd:enumeration value="MVP"/>
+          <xsd:enumeration value="Publisher"/>
+          <xsd:enumeration value="Partner"/>
+          <xsd:enumeration value="None"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UACurrentWords" ma:index="2" nillable="true" ma:displayName="Actual Word Count" ma:default="" ma:internalName="UACurrentWords" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPApplication" ma:index="3" nillable="true" ma:displayName="Application to Open Template With" ma:default="" ma:internalName="TPApplication">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ApprovalLog" ma:index="4" nillable="true" ma:displayName="Approval Log" ma:default="" ma:hidden="true" ma:internalName="ApprovalLog" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ApprovalStatus" ma:index="5" nillable="true" ma:displayName="Approval Status" ma:default="InProgress" ma:internalName="ApprovalStatus" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="InProgress"/>
+          <xsd:enumeration value="Rejected"/>
+          <xsd:enumeration value="Questionable"/>
+          <xsd:enumeration value="ApprovedAutomatic"/>
+          <xsd:enumeration value="ApprovedManual"/>
+          <xsd:enumeration value="On Hold"/>
+          <xsd:enumeration value="Needs Review"/>
+          <xsd:enumeration value="A Violation"/>
+          <xsd:enumeration value="Unpublished Violation"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AssetStart" ma:index="6" nillable="true" ma:displayName="Asset Begin Date" ma:default="[Today]" ma:internalName="AssetStart" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AssetExpire" ma:index="7" nillable="true" ma:displayName="Asset End Date" ma:default="2029-01-01T08:00:00Z" ma:format="DateTime" ma:internalName="AssetExpire" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AssetId" ma:index="8" nillable="true" ma:displayName="Asset ID" ma:default="" ma:indexed="true" ma:internalName="AssetId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IsSearchable" ma:index="9" nillable="true" ma:displayName="Asset Searchable?" ma:default="true" ma:internalName="IsSearchable" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AssetType" ma:index="10" nillable="true" ma:displayName="Asset Type" ma:default="" ma:internalName="AssetType" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="APAuthor" ma:index="11" nillable="true" ma:displayName="Author" ma:default="" ma:list="UserInfo" ma:internalName="APAuthor" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="AverageRating" ma:index="12" nillable="true" ma:displayName="Average Rating" ma:internalName="AverageRating" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BlockPublish" ma:index="13" nillable="true" ma:displayName="Block from Publishing?" ma:default="" ma:internalName="BlockPublish" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BugNumber" ma:index="14" nillable="true" ma:displayName="Bug Number" ma:default="" ma:internalName="BugNumber" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CampaignTagsTaxHTField0" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="CampaignTagsTaxHTField0" ma:taxonomyFieldName="CampaignTags" ma:displayName="Campaigns" ma:readOnly="false" ma:default="" ma:fieldId="{1df42cc3-2301-4f11-a52a-6ead923c29ed}" ma:taxonomyMulti="true" ma:sspId="8f79753a-75d3-41f5-8ca3-40b843941b4f" ma:termSetId="ca0e50d4-faa1-44ce-961e-bb1441c60e66" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TPClientViewer" ma:index="17" nillable="true" ma:displayName="Client Viewer" ma:default="" ma:internalName="TPClientViewer">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ClipArtFilename" ma:index="18" nillable="true" ma:displayName="Clip Art Name" ma:default="" ma:internalName="ClipArtFilename" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPCommandLine" ma:index="19" nillable="true" ma:displayName="Command Line" ma:default="" ma:internalName="TPCommandLine">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPComponent" ma:index="20" nillable="true" ma:displayName="Component" ma:default="" ma:internalName="TPComponent">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ContentItem" ma:index="21" nillable="true" ma:displayName="Content Item" ma:default="" ma:hidden="true" ma:internalName="ContentItem" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CrawlForDependencies" ma:index="23" nillable="true" ma:displayName="Crawl for Dependencies?" ma:default="true" ma:internalName="CrawlForDependencies" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CSXHash" ma:index="26" nillable="true" ma:displayName="CSX Hash" ma:default="" ma:indexed="true" ma:internalName="CSXHash" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CSXSubmissionMarket" ma:index="27" nillable="true" ma:displayName="CSX Submission Market" ma:default="" ma:list="{2FBD1B11-2ACE-4FDC-B5A3-635D4ADF6F1B}" ma:internalName="CSXSubmissionMarket" ma:readOnly="false" ma:showField="MarketName" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CSXUpdate" ma:index="28" nillable="true" ma:displayName="CSX Updated?" ma:default="false" ma:internalName="CSXUpdate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IntlLangReviewDate" ma:index="29" nillable="true" ma:displayName="Date to Complete Intl QA" ma:default="" ma:internalName="IntlLangReviewDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IsDeleted" ma:index="30" nillable="true" ma:displayName="Deleted?" ma:default="" ma:internalName="IsDeleted" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="APDescription" ma:index="31" nillable="true" ma:displayName="Description" ma:default="" ma:internalName="APDescription" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DirectSourceMarket" ma:index="32" nillable="true" ma:displayName="Direct Source Market Group" ma:default="" ma:internalName="DirectSourceMarket" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Downloads" ma:index="33" nillable="true" ma:displayName="Downloads" ma:default="0" ma:hidden="true" ma:internalName="Downloads" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DSATActionTaken" ma:index="34" nillable="true" ma:displayName="DSAT Action Taken" ma:default="" ma:internalName="DSATActionTaken" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Best Bets"/>
+          <xsd:enumeration value="Expire"/>
+          <xsd:enumeration value="Hide"/>
+          <xsd:enumeration value="None"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="APEditor" ma:index="35" nillable="true" ma:displayName="Editor" ma:default="" ma:list="UserInfo" ma:internalName="APEditor" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="EditorialStatus" ma:index="36" nillable="true" ma:displayName="Editorial Status" ma:default="" ma:internalName="EditorialStatus" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="EditorialTags" ma:index="37" nillable="true" ma:displayName="Editorial Tags" ma:default="" ma:internalName="EditorialTags">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPExecutable" ma:index="38" nillable="true" ma:displayName="Executable" ma:default="" ma:internalName="TPExecutable">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FeatureTagsTaxHTField0" ma:index="40" nillable="true" ma:taxonomy="true" ma:internalName="FeatureTagsTaxHTField0" ma:taxonomyFieldName="FeatureTags" ma:displayName="Features" ma:readOnly="false" ma:default="" ma:fieldId="{7fc0d542-15c6-4882-a8e3-13bca44403fb}" ma:taxonomyMulti="true" ma:sspId="8f79753a-75d3-41f5-8ca3-40b843941b4f" ma:termSetId="f1ab6845-967d-4854-a0ba-4ec07f0f8113" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TPFriendlyName" ma:index="41" nillable="true" ma:displayName="Friendly Name" ma:default="" ma:internalName="TPFriendlyName">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="FriendlyTitle" ma:index="42" nillable="true" ma:displayName="Friendly Title" ma:default="" ma:description="Shorter title to be used when displaying search results" ma:internalName="FriendlyTitle" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PrimaryImageGen" ma:index="43" nillable="true" ma:displayName="Generate Images?" ma:default="true" ma:internalName="PrimaryImageGen">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="HandoffToMSDN" ma:index="44" nillable="true" ma:displayName="Handoff To MSDN Date" ma:default="" ma:internalName="HandoffToMSDN" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="InProjectListLookup" ma:index="45" nillable="true" ma:displayName="InProjectListLookup" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="InProjectListLookup" ma:readOnly="true" ma:showField="InProjectList" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TPInstallLocation" ma:index="46" nillable="true" ma:displayName="Install Location" ma:default="" ma:internalName="TPInstallLocation">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="InternalTagsTaxHTField0" ma:index="48" nillable="true" ma:taxonomy="true" ma:internalName="InternalTagsTaxHTField0" ma:taxonomyFieldName="InternalTags" ma:displayName="Internal Tags" ma:readOnly="false" ma:default="" ma:fieldId="{1490b8a4-2706-41ec-b5e3-73176dccf34e}" ma:taxonomyMulti="true" ma:sspId="8f79753a-75d3-41f5-8ca3-40b843941b4f" ma:termSetId="82b6639e-f7fc-4c18-ad2d-003a6e707765" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="IntlLangReview" ma:index="49" nillable="true" ma:displayName="Intl Lang QA Review Required?" ma:default="" ma:internalName="IntlLangReview" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IntlLangReviewer" ma:index="50" nillable="true" ma:displayName="Intl Lang QA Reviewer" ma:default="" ma:internalName="IntlLangReviewer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MarketSpecific" ma:index="51" nillable="true" ma:displayName="Is Market Specific?" ma:default="" ma:internalName="MarketSpecific" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LastCompleteVersionLookup" ma:index="52" nillable="true" ma:displayName="Last Complete Version Lookup" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastCompleteVersionLookup" ma:readOnly="true" ma:showField="LastCompleteVersion" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastHandOff" ma:index="53" nillable="true" ma:displayName="Last Hand-off" ma:default="" ma:internalName="LastHandOff" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LastModifiedDateTime" ma:index="54" nillable="true" ma:displayName="Last Modified Date" ma:default="" ma:internalName="LastModifiedDateTime" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LastPreviewErrorLookup" ma:index="55" nillable="true" ma:displayName="Last Preview Attempt Error" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewErrorLookup" ma:readOnly="true" ma:showField="LastPreviewError" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPreviewResultLookup" ma:index="56" nillable="true" ma:displayName="Last Preview Attempt Result" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewResultLookup" ma:readOnly="true" ma:showField="LastPreviewResult" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPreviewAttemptDateLookup" ma:index="57" nillable="true" ma:displayName="Last Preview Attempted On" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewAttemptDateLookup" ma:readOnly="true" ma:showField="LastPreviewAttemptDate" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPreviewedByLookup" ma:index="58" nillable="true" ma:displayName="Last Previewed By" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewedByLookup" ma:readOnly="true" ma:showField="LastPreviewedBy" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPreviewTimeLookup" ma:index="59" nillable="true" ma:displayName="Last Previewed Date" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewTimeLookup" ma:readOnly="true" ma:showField="LastPreviewTime" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPreviewVersionLookup" ma:index="60" nillable="true" ma:displayName="Last Previewed Version" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPreviewVersionLookup" ma:readOnly="true" ma:showField="LastPreviewVersion" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishErrorLookup" ma:index="61" nillable="true" ma:displayName="Last Publish Attempt Error" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishErrorLookup" ma:readOnly="true" ma:showField="LastPublishError" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishResultLookup" ma:index="62" nillable="true" ma:displayName="Last Publish Attempt Result" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishResultLookup" ma:readOnly="true" ma:showField="LastPublishResult" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishAttemptDateLookup" ma:index="63" nillable="true" ma:displayName="Last Publish Attempted On" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishAttemptDateLookup" ma:readOnly="true" ma:showField="LastPublishAttemptDate" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishedByLookup" ma:index="64" nillable="true" ma:displayName="Last Published By" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishedByLookup" ma:readOnly="true" ma:showField="LastPublishedBy" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishTimeLookup" ma:index="65" nillable="true" ma:displayName="Last Published Date" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishTimeLookup" ma:readOnly="true" ma:showField="LastPublishTime" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="LastPublishVersionLookup" ma:index="66" nillable="true" ma:displayName="Last Published Version" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="LastPublishVersionLookup" ma:readOnly="true" ma:showField="LastPublishVersion" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TPLaunchHelpLinkType" ma:index="67" nillable="true" ma:displayName="Launch Help Link Type" ma:default="Template" ma:internalName="TPLaunchHelpLinkType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="Training"/>
+          <xsd:enumeration value="URL"/>
+          <xsd:enumeration value="None"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LegacyData" ma:index="68" nillable="true" ma:displayName="Legacy Data" ma:default="" ma:internalName="LegacyData" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPLaunchHelpLink" ma:index="69" nillable="true" ma:displayName="Link to Launch Help Topic" ma:default="" ma:internalName="TPLaunchHelpLink">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocComments" ma:index="70" nillable="true" ma:displayName="Loc Approval Comments" ma:default="" ma:internalName="LocComments" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocLastLocAttemptVersionLookup" ma:index="71" nillable="true" ma:displayName="Loc Last Loc Attempt Version" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocLastLocAttemptVersionLookup" ma:readOnly="false" ma:showField="LastLocAttemptVersion" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocLastLocAttemptVersionTypeLookup" ma:index="72" nillable="true" ma:displayName="Loc Last Loc Attempt Version Type" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocLastLocAttemptVersionTypeLookup" ma:readOnly="true" ma:showField="LastLocAttemptVersionType" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocManualTestRequired" ma:index="73" nillable="true" ma:displayName="Loc Manual Test Required" ma:default="" ma:internalName="LocManualTestRequired" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocMarketGroupTiers2" ma:index="74" nillable="true" ma:displayName="Loc Market Group Tiers" ma:internalName="LocMarketGroupTiers2" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocNewPublishedVersionLookup" ma:index="75" nillable="true" ma:displayName="Loc New Published Version Lookup" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocNewPublishedVersionLookup" ma:readOnly="true" ma:showField="NewPublishedVersion" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocOverallHandbackStatusLookup" ma:index="76" nillable="true" ma:displayName="Loc Overall Handback Status" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocOverallHandbackStatusLookup" ma:readOnly="true" ma:showField="OverallHandbackStatus" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocOverallLocStatusLookup" ma:index="77" nillable="true" ma:displayName="Loc Overall Localize Status" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocOverallLocStatusLookup" ma:readOnly="true" ma:showField="OverallLocStatus" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocOverallPreviewStatusLookup" ma:index="78" nillable="true" ma:displayName="Loc Overall Preview Status" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocOverallPreviewStatusLookup" ma:readOnly="true" ma:showField="OverallPreviewStatus" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocOverallPublishStatusLookup" ma:index="79" nillable="true" ma:displayName="Loc Overall Publish Status" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocOverallPublishStatusLookup" ma:readOnly="true" ma:showField="OverallPublishStatus" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IntlLocPriority" ma:index="80" nillable="true" ma:displayName="Loc Priority" ma:default="" ma:internalName="IntlLocPriority" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocProcessedForHandoffsLookup" ma:index="81" nillable="true" ma:displayName="Loc Processed For Handoffs" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocProcessedForHandoffsLookup" ma:readOnly="true" ma:showField="ProcessedForHandoffs" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocProcessedForMarketsLookup" ma:index="82" nillable="true" ma:displayName="Loc Processed For Markets" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocProcessedForMarketsLookup" ma:readOnly="true" ma:showField="ProcessedForMarkets" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocPublishedDependentAssetsLookup" ma:index="83" nillable="true" ma:displayName="Loc Published Dependent Assets" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocPublishedDependentAssetsLookup" ma:readOnly="true" ma:showField="PublishedDependentAssets" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocPublishedLinkedAssetsLookup" ma:index="84" nillable="true" ma:displayName="Loc Published Linked Assets" ma:default="" ma:list="{7DD1DCEC-E449-43D3-891F-7DC62F62AD21}" ma:internalName="LocPublishedLinkedAssetsLookup" ma:readOnly="true" ma:showField="PublishedLinkedAssets" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocRecommendedHandoff" ma:index="85" nillable="true" ma:displayName="Loc Recommended Handoff" ma:default="" ma:indexed="true" ma:internalName="LocRecommendedHandoff" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="LocalizationTagsTaxHTField0" ma:index="87" nillable="true" ma:taxonomy="true" ma:internalName="LocalizationTagsTaxHTField0" ma:taxonomyFieldName="LocalizationTags" ma:displayName="Localization Tags" ma:readOnly="false" ma:default="" ma:fieldId="{00f02cb3-2c7c-424a-9c61-10e9b6878429}" ma:taxonomyMulti="true" ma:sspId="8f79753a-75d3-41f5-8ca3-40b843941b4f" ma:termSetId="5b7703a5-8e8b-4b58-8b31-1cea35331da3" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MachineTranslated" ma:index="88" nillable="true" ma:displayName="Machine Translated" ma:default="" ma:internalName="MachineTranslated" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Manager" ma:index="89" nillable="true" ma:displayName="Manager" ma:hidden="true" ma:internalName="Manager" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Markets" ma:index="90" nillable="true" ma:displayName="Markets" ma:default="" ma:description="Leave blank to show in all markets" ma:list="{2FBD1B11-2ACE-4FDC-B5A3-635D4ADF6F1B}" ma:internalName="Markets" ma:readOnly="false" ma:showField="MarketName" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Milestone" ma:index="91" nillable="true" ma:displayName="Milestone" ma:default="" ma:internalName="Milestone" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPNamespace" ma:index="94" nillable="true" ma:displayName="Namespace" ma:default="" ma:internalName="TPNamespace">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="NumericId" ma:index="95" nillable="true" ma:displayName="Numeric ID" ma:default="" ma:indexed="true" ma:internalName="NumericId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="NumOfRatingsLookup" ma:index="96" nillable="true" ma:displayName="NumOfRatings" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="NumOfRatingsLookup" ma:readOnly="true" ma:showField="NumOfRatings" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="OOCacheId" ma:index="97" nillable="true" ma:displayName="OOCacheId" ma:internalName="OOCacheId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OpenTemplate" ma:index="98" nillable="true" ma:displayName="Open Template" ma:default="true" ma:internalName="OpenTemplate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OriginAsset" ma:index="99" nillable="true" ma:displayName="Origin Asset" ma:default="" ma:internalName="OriginAsset" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OriginalRelease" ma:index="100" nillable="true" ma:displayName="Original Release" ma:default="15" ma:internalName="OriginalRelease" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="14"/>
+          <xsd:enumeration value="15"/>
+          <xsd:enumeration value="16"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OriginalSourceMarket" ma:index="101" nillable="true" ma:displayName="Original Source Market Group" ma:default="" ma:internalName="OriginalSourceMarket" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OutputCachingOn" ma:index="102" nillable="true" ma:displayName="Output Caching" ma:default="true" ma:hidden="true" ma:internalName="OutputCachingOn" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ParentAssetId" ma:index="103" nillable="true" ma:displayName="Parent Asset Id" ma:default="" ma:internalName="ParentAssetId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PlannedPubDate" ma:index="104" nillable="true" ma:displayName="Planned Publish Date" ma:default="" ma:indexed="true" ma:internalName="PlannedPubDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicheckWords" ma:index="105" nillable="true" ma:displayName="Policheck Words" ma:default="" ma:internalName="PolicheckWords" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BusinessGroup" ma:index="106" nillable="true" ma:displayName="Product Division Owner" ma:default="" ma:internalName="BusinessGroup" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UAProjectedTotalWords" ma:index="107" nillable="true" ma:displayName="Projected Word Count" ma:default="" ma:internalName="UAProjectedTotalWords" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Provider" ma:index="108" nillable="true" ma:displayName="Provider" ma:default="" ma:internalName="Provider" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Providers" ma:index="109" nillable="true" ma:displayName="Providers" ma:default="" ma:internalName="Providers">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PublishStatusLookup" ma:index="110" nillable="true" ma:displayName="Publish Status" ma:default="" ma:list="{9E343742-310B-4684-A24C-1D137CB4B230}" ma:internalName="PublishStatusLookup" ma:readOnly="false" ma:showField="PublishStatus" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PublishTargets" ma:index="111" nillable="true" ma:displayName="Publish Target" ma:default="OfficeOnlineVNext" ma:internalName="PublishTargets" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RecommendationsModifier" ma:index="112" nillable="true" ma:displayName="Recommendations Modifier" ma:default="" ma:internalName="RecommendationsModifier" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ArtSampleDocs" ma:index="113" nillable="true" ma:displayName="Sample Docs" ma:default="" ma:hidden="true" ma:internalName="ArtSampleDocs" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ScenarioTagsTaxHTField0" ma:index="115" nillable="true" ma:taxonomy="true" ma:internalName="ScenarioTagsTaxHTField0" ma:taxonomyFieldName="ScenarioTags" ma:displayName="Scenarios" ma:readOnly="false" ma:default="" ma:fieldId="{93aef74d-6c78-4815-8310-51477dceeccc}" ma:taxonomyMulti="true" ma:sspId="8f79753a-75d3-41f5-8ca3-40b843941b4f" ma:termSetId="4b7d5f16-e2f2-4fc0-bab3-6e8b931e57d6" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="ShowIn" ma:index="117" nillable="true" ma:displayName="Show In" ma:default="Show everywhere" ma:internalName="ShowIn" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Hide on web"/>
+          <xsd:enumeration value="On Web no search"/>
+          <xsd:enumeration value="Show everywhere"/>
+          <xsd:enumeration value="Special use only"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SourceTitle" ma:index="118" nillable="true" ma:displayName="Source Title" ma:default="" ma:indexed="true" ma:internalName="SourceTitle" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CSXSubmissionDate" ma:index="119" nillable="true" ma:displayName="Submission Date" ma:default="" ma:internalName="CSXSubmissionDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SubmitterId" ma:index="120" nillable="true" ma:displayName="Submitter ID" ma:default="" ma:internalName="SubmitterId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="121" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{530f955b-6704-4601-bd83-f81d87f1e440}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="122" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{530f955b-6704-4601-bd83-f81d87f1e440}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="4873beb7-5857-4685-be1f-d57550cc96cc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TemplateStatus" ma:index="123" nillable="true" ma:displayName="Template Status" ma:default="" ma:internalName="TemplateStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TemplateTemplateType" ma:index="124" nillable="true" ma:displayName="Template Type" ma:default="" ma:internalName="TemplateTemplateType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ThumbnailAssetId" ma:index="125" nillable="true" ma:displayName="Thumbnail Image Asset" ma:default="" ma:internalName="ThumbnailAssetId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TimesCloned" ma:index="126" nillable="true" ma:displayName="Times Cloned" ma:default="" ma:internalName="TimesCloned" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TrustLevel" ma:index="128" nillable="true" ma:displayName="Trust Level" ma:default="1 Microsoft Managed Content" ma:internalName="TrustLevel" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UALocComments" ma:index="129" nillable="true" ma:displayName="UA Loc Comments" ma:default="" ma:internalName="UALocComments" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UALocRecommendation" ma:index="130" nillable="true" ma:displayName="UA Loc Recommendation" ma:default="Localize" ma:internalName="UALocRecommendation" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Localize"/>
+          <xsd:enumeration value="Never Localize"/>
+          <xsd:enumeration value="Priority Localize"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UANotes" ma:index="131" nillable="true" ma:displayName="UA Notes" ma:default="" ma:internalName="UANotes" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TPAppVersion" ma:index="132" nillable="true" ma:displayName="Version" ma:default="" ma:internalName="TPAppVersion">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VoteCount" ma:index="133" nillable="true" ma:displayName="Vote Count" ma:default="" ma:internalName="VoteCount" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="22" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="127" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C01C3C56-10DB-49F7-B061-44D8728D078A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FBDB1CC-CEFB-4E46-8174-1F0AA0D30B24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B3A7E92-E05A-4924-9E8A-9F6659E5855B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4873beb7-5857-4685-be1f-d57550cc96cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Single spaced (blank)</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>132</Words>
-  <Characters>759</Characters>
+  <Words>128</Words>
+  <Characters>735</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>890</CharactersWithSpaces>
+  <CharactersWithSpaces>862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>admin</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="InternalTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x0101006EDDDB5EE6D98C44930B742096920B300400F5B6D36B3EF94B4E9A635CDF2A18F5B8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="FeatureTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LocalizationTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CampaignTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScenarioTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>